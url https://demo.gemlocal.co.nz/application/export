--- v0 (2025-11-05)
+++ v1 (2026-02-19)
@@ -89,51 +89,51 @@
   <si>
     <t>Pending Applications</t>
   </si>
   <si>
     <t>Successful Applications</t>
   </si>
   <si>
     <t>Unsuccessful Applications</t>
   </si>
   <si>
     <t>Withdrawn Applications</t>
   </si>
   <si>
     <t>Total Applied For</t>
   </si>
   <si>
     <t>Total Grant Amount</t>
   </si>
   <si>
     <t>Total Received To Date</t>
   </si>
   <si>
     <t>Demo Community Group Grant Applications</t>
   </si>
   <si>
-    <t>Updated 5th Nov 2025</t>
+    <t>Updated 20th Feb 2026</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project Code</t>
   </si>
   <si>
     <t>Funding Type</t>
   </si>
   <si>
     <t>Aim</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Target Group</t>
   </si>
   <si>
     <t>Project Start Dste</t>
   </si>
   <si>
     <t>Project End Date</t>
   </si>