--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar (Filter)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar (Filter)'!$A$5:$U$5</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Strategic Grants</t>
   </si>
   <si>
     <t>Demo Community Group Grants Calendar</t>
   </si>
   <si>
-    <t>5th Nov 2025</t>
+    <t>21st Dec 2025</t>
   </si>
   <si>
     <t>Opening Date</t>
   </si>
   <si>
     <t>Closing Date</t>
   </si>
   <si>
     <t>Closing Date Status</t>
   </si>
   <si>
     <t>Closing Date Notes</t>
   </si>
   <si>
     <t>Grant Name</t>
   </si>
   <si>
     <t>Funder Name</t>
   </si>
   <si>
     <t>Funding Criteria</t>
   </si>
   <si>
     <t>Eligibility</t>
   </si>