--- v1 (2025-12-21)
+++ v2 (2025-12-21)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar (Filter)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar (Filter)'!$A$5:$U$5</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Strategic Grants</t>
   </si>
   <si>
     <t>Demo Community Group Grants Calendar</t>
   </si>
   <si>
-    <t>21st Dec 2025</t>
+    <t>22nd Dec 2025</t>
   </si>
   <si>
     <t>Opening Date</t>
   </si>
   <si>
     <t>Closing Date</t>
   </si>
   <si>
     <t>Closing Date Status</t>
   </si>
   <si>
     <t>Closing Date Notes</t>
   </si>
   <si>
     <t>Grant Name</t>
   </si>
   <si>
     <t>Funder Name</t>
   </si>
   <si>
     <t>Funding Criteria</t>
   </si>
   <si>
     <t>Eligibility</t>
   </si>