--- v2 (2025-12-21)
+++ v3 (2026-02-19)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar (Filter)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar (Filter)'!$A$5:$U$5</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Strategic Grants</t>
   </si>
   <si>
     <t>Demo Community Group Grants Calendar</t>
   </si>
   <si>
-    <t>22nd Dec 2025</t>
+    <t>20th Feb 2026</t>
   </si>
   <si>
     <t>Opening Date</t>
   </si>
   <si>
     <t>Closing Date</t>
   </si>
   <si>
     <t>Closing Date Status</t>
   </si>
   <si>
     <t>Closing Date Notes</t>
   </si>
   <si>
     <t>Grant Name</t>
   </si>
   <si>
     <t>Funder Name</t>
   </si>
   <si>
     <t>Funding Criteria</t>
   </si>
   <si>
     <t>Eligibility</t>
   </si>